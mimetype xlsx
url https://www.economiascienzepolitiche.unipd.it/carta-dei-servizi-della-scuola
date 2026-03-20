--- v0 (2025-10-17)
+++ v1 (2026-03-20)
@@ -1,560 +1,840 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...6 lines deleted...]
-  </mc:AlternateContent>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20394"/>
+  <workbookPr filterPrivacy="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{02815082-ED89-4BC9-AEFA-75E2607D1D4C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12330"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12300" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="ATTIVITA SCUOLA" sheetId="1" r:id="rId1"/>
+    <sheet name="Didattica e Post Lauream" sheetId="1" r:id="rId1"/>
+    <sheet name="Serv. Informatici" sheetId="2" r:id="rId2"/>
+    <sheet name="Serv. Tecnici" sheetId="3" r:id="rId3"/>
+    <sheet name="Direzione" sheetId="4" r:id="rId4"/>
+    <sheet name="Contabilità" sheetId="5" r:id="rId5"/>
+    <sheet name="PTA - Mod A" sheetId="6" r:id="rId6"/>
   </sheets>
-  <definedNames>
-[...4 lines deleted...]
-  <calcPr calcId="145621" concurrentCalc="0"/>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
-      <mx:ArchID Flags="2"/>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="C3" i="4" l="1"/>
+  <c r="C1" i="5"/>
+  <c r="A1" i="5"/>
+  <c r="C1" i="4"/>
+  <c r="A1" i="4"/>
+  <c r="B1" i="3"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="137">
-[...31 lines deleted...]
-    <t>SCUOLA/ DIPARTIMENTO</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="170">
+  <si>
+    <t>Progettazione e sviluppo applicazioni e strumenti software interni</t>
+  </si>
+  <si>
+    <t>Manutenzione ed integrazione degli applicativi sviluppati internamente</t>
+  </si>
+  <si>
+    <t>Sviluppo e manutenzione di sistemi integrati di gestione dei dati</t>
+  </si>
+  <si>
+    <t>Gestione delle richieste di assistenza tecnica</t>
+  </si>
+  <si>
+    <t>Gestione rete telefonica</t>
+  </si>
+  <si>
+    <t>Gestione attrezzature informatiche (stampanti, fotocopiatori, ecc...)</t>
+  </si>
+  <si>
+    <t>Supporto agli utenti nell'attivazione dei sistemi hardware, software e web</t>
+  </si>
+  <si>
+    <t>Presidio e manutenzione dei servizi audio video web per la formazione erogata in aula</t>
+  </si>
+  <si>
+    <t>Sviluppo e manutenzione delle infrastrutture di core networking, firewall, server e posta elettronica</t>
+  </si>
+  <si>
+    <t>Gestione degli incidenti di sicurezza informatica relazionandosi con il NOC GARR, con l'Autorità Giudiziaria in collaborazione con ASIT</t>
+  </si>
+  <si>
+    <t>Controllo della performance, della sicurezza e dell'affidabilità del core networking della rete dati</t>
+  </si>
+  <si>
+    <t>Configurazione, gestione ed ottimizzazione piattaforma Moodle</t>
+  </si>
+  <si>
+    <t>Programmazione e gestione logistica degli spazi in relazione ad esigenze didattiche e necessità di spostamenti interni di uffici e strutture</t>
+  </si>
+  <si>
+    <t>Gestione delle attività di manutenzione edile ricorrente (sotto soglia economica)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gestione della manutenzione arredi aule </t>
+  </si>
+  <si>
+    <t>Gestione piccola manutenzione</t>
+  </si>
+  <si>
+    <t>Gestione e manutenzione degli apparati per la sicurezza</t>
+  </si>
+  <si>
+    <t>Gestione delle attività di manutenzione impiantistica (laboratori di ricerca e terza missione,informatiche, stabulari)</t>
+  </si>
+  <si>
+    <t>Gestione, controllo e coordinamento dei siti di produzione di rifiuti speciali pericolosi e non pericolosi</t>
+  </si>
+  <si>
+    <t>Supporto nelle attività di bonifica di ambienti di lavoro e relativo smaltimento dei materiali (es. reagentari obsoleti, abbandono di materiale chimico non identificabile, amianto, materiale esplosivo ecc...)</t>
+  </si>
+  <si>
+    <t>Tenuta dei registri farmaci e stupefacenti</t>
+  </si>
+  <si>
+    <t>Gestione delle squadre di emergenza</t>
+  </si>
+  <si>
+    <t>Analisi e valutazione dei rischi presenti nei laboratori di ricerca</t>
+  </si>
+  <si>
+    <t>Predisposizione del budget</t>
+  </si>
+  <si>
+    <t>Gestione del budget</t>
+  </si>
+  <si>
+    <t>Monitoraggio dei debiti e dei crediti</t>
+  </si>
+  <si>
+    <t>Gestione Fondo economale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gestione progetti di ricerca (creazione progetto in U-gov) </t>
+  </si>
+  <si>
+    <t>Ciclo attivo</t>
+  </si>
+  <si>
+    <t>Ciclo passivo</t>
+  </si>
+  <si>
+    <t>Gestione missioni e nota spese</t>
+  </si>
+  <si>
+    <t>Tenuta degli inventari dei beni mobili (cespiti)</t>
+  </si>
+  <si>
+    <t>Gestione ritenute di Ateneo e di Dipartimento</t>
+  </si>
+  <si>
+    <t>Liquidazione incarichi e compensi</t>
+  </si>
+  <si>
+    <t>Gestione liberalità e donazioni</t>
+  </si>
+  <si>
+    <t>Chiusura registri IVA e rilevazione INTRASTAT</t>
+  </si>
+  <si>
+    <t>Supporto al Responsabile della prevenzione della corruzione e della trasparenza mediante il presidio degli  adempimenti per la trasparenza e prevenzione</t>
+  </si>
+  <si>
+    <t>Supporto direzionale e reporting</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Supporto alla stesura dei piani di programmazione triennale </t>
+  </si>
+  <si>
+    <t>Progettazione dei servizi e predisposizione relativi capitolati tecnici in collaborazione con l'AC</t>
+  </si>
+  <si>
+    <t>Gestione delle procedure di scelta del contraente, contrattualizzazione e gestione del contratto di beni e servizi sotto soglia comunitaria e sopra soglia in collaborazione con l'AC</t>
+  </si>
+  <si>
+    <t>E-procurement (strumenti Consip, MePa, MeUnipd)</t>
+  </si>
+  <si>
+    <t>Gestione e controllo dei contratti di fornitura di beni e servizi (comodati)</t>
+  </si>
+  <si>
+    <t>Supporto amministrativo nella gestione dei contratti e delle modifiche contrattuali</t>
+  </si>
+  <si>
+    <t>Gestione magazzini e scorte</t>
+  </si>
+  <si>
+    <t>Gestione mezzi di trasporto/servizio del Dipartimento</t>
+  </si>
+  <si>
+    <t>Inventario dei beni mobili</t>
+  </si>
+  <si>
+    <t>Gestione accessi (front office, autorizzazione accessi)</t>
+  </si>
+  <si>
+    <t>Gestione servizi generali (spedizioni, posta in uscita, corrieri, ecc)</t>
+  </si>
+  <si>
+    <t>Supporto predisposizione di delibere sulla pianificazione personale docente e ricercatore</t>
+  </si>
+  <si>
+    <t>Supporto ai processi di valutazione e incentivazione del personale docente</t>
+  </si>
+  <si>
+    <t>Gestione incarichi esterni ai docenti</t>
+  </si>
+  <si>
+    <t>Accoglimento del personale docente, borsisti, assegnisti, dottorandi stranieri</t>
+  </si>
+  <si>
+    <t>Supporto al reclutamento del PTA, dei collaboratori linguistici e dei tecnologi di ricerca</t>
+  </si>
+  <si>
+    <t>Supporto all'analisi fabbisogni formativi, pianificazione e organizzazione percorsi formativi</t>
+  </si>
+  <si>
+    <t>Posta, Protocollo e archivio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Altre iniziative e progetti per migliorare la qualità della didattica </t>
+  </si>
+  <si>
+    <t>Programmazione e gestione dei corsi per la formazione insegnanti (TFA, Sostegno, 60 CFU e 24 CFU, ecc.)</t>
+  </si>
+  <si>
+    <t>Programmazione e gestione delle Scuole di specializzazione</t>
+  </si>
+  <si>
+    <t>Programmazione e gestione di corsi di Dottorato</t>
+  </si>
+  <si>
+    <t>Programmazione e gestione di Master, corsi di perfezionamento e di alta formazione</t>
+  </si>
+  <si>
+    <t>Gestione Summer e Winter School</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Organizzazione degli Esami di Stato </t>
+  </si>
+  <si>
+    <t>Pianificazione degli orari e dei calendari</t>
+  </si>
+  <si>
+    <t>Supporto amministrativo alla gestione dei registri didattici</t>
+  </si>
+  <si>
+    <t>Supporto amministrativo alla compilazione del Syllabus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Organizzazione delle attività relative ai test di ingresso e alle immatricolazioni </t>
+  </si>
+  <si>
+    <t>Coordinamento attività relative alla carriera degli studenti tramite applicativo ESSE3</t>
+  </si>
+  <si>
+    <t>Gestione delle iniziative di orientamento per le future matricole</t>
+  </si>
+  <si>
+    <t>Supporto al servizio di Tutoring per gli studenti e all'organizzazione di attività relative al diritto allo studio</t>
+  </si>
+  <si>
+    <t>Supporto amministrativo ai processi legati all’Internazionalizzazione</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Supporto amministrativo e consulenza per la realizzazione di stage e tirocini e per l'inserimento nel mondo del lavoro </t>
+  </si>
+  <si>
+    <t>Redazione, gestione dei contenuti del sito web della Scuola</t>
+  </si>
+  <si>
+    <t>Promozione della Scuola attraverso azioni pubblicitarie e di marketing e organizzazione di eventi</t>
+  </si>
+  <si>
+    <t>Organizzazione delle procedure di elezione degli organi della Scuola e delle rappresentanze all'interno degli organi</t>
+  </si>
+  <si>
+    <t>Nominativo</t>
+  </si>
+  <si>
+    <t>DIPARTIMENTO</t>
+  </si>
+  <si>
+    <t>Ambito Carta dei Servizi</t>
+  </si>
+  <si>
+    <t>Realizzazione e gestione sito web di Dipartimento e di Centri Interdipartimentali, e relativi ad iniziative specifiche.</t>
+  </si>
+  <si>
+    <t>Struttura che gestisce il processo</t>
+  </si>
+  <si>
+    <t>Note</t>
+  </si>
+  <si>
+    <t>Indicazioni per la compilazione:</t>
+  </si>
+  <si>
+    <t>Processi Servizi Informatici</t>
+  </si>
+  <si>
+    <t>Processi Didattica</t>
+  </si>
+  <si>
+    <t>Processi Post Lauream</t>
+  </si>
+  <si>
+    <t>Processi Servizi Tecnici</t>
+  </si>
+  <si>
+    <t>Processi Direzione</t>
+  </si>
+  <si>
+    <t>Processi Contabilità e aquisti</t>
+  </si>
+  <si>
+    <t>* Processo rilevato dalla carta dei servizi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Per ogni processo, indicare la struttura che lo gestisce. 
+Se di competenza della Scuola indicare SCUOLA, altirmenti indicare quale altra struttura se ne occupa (Esempio: Dipartimento, Amministrazione Centrale, Poli, Asit...) 
+Per eventuali annotazioni o specifiche utilizzare la colonna NOTE
+</t>
+  </si>
+  <si>
+    <t>Servizi generali e amministrativi</t>
   </si>
   <si>
     <t>NOTE</t>
   </si>
   <si>
-    <t>2 CDS a gestione diretta</t>
-[...2 lines deleted...]
-    <t>altri CDS</t>
+    <t>Modello di riferimento</t>
+  </si>
+  <si>
+    <t>E' stata riportata, in base a quanto inserito nelle carte dei servizi, la struttura che ha in gestione il processo. 
+Inserire eventuali annotazioni nella colonna NOTE</t>
+  </si>
+  <si>
+    <t>Didattica</t>
+  </si>
+  <si>
+    <t>Post Lauream</t>
+  </si>
+  <si>
+    <t>Contabilità</t>
+  </si>
+  <si>
+    <t>Direzione</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>Servizi generali</t>
+  </si>
+  <si>
+    <t>Servizi tecnici</t>
+  </si>
+  <si>
+    <t>Elenco attività</t>
+  </si>
+  <si>
+    <t>Matricola</t>
   </si>
   <si>
     <t>FUNZIONAMENTO ORGANI</t>
   </si>
   <si>
-    <t>PRESIDENTE, CONSIGLIO DELLA SCUOLA E ALTRI ORGANI</t>
-[...2 lines deleted...]
-    <t>Segreteria del presidente della Scuola</t>
+    <t>CORSI DI LAUREA E LAUREA MAGISTRALE</t>
+  </si>
+  <si>
+    <t>GESTIONE E ORGANIZZAZIONE DELLA DIDATTICA</t>
+  </si>
+  <si>
+    <t>SUPPORTO AI DOCENTI</t>
+  </si>
+  <si>
+    <t>IMMATRICOLAZIONE DEGLI STUDENTI E GESTIONE CARRIERA IN ESSE3</t>
+  </si>
+  <si>
+    <t>SERVIZI AGLI STUDENTI</t>
+  </si>
+  <si>
+    <t>CORSI POST LAUREAM</t>
+  </si>
+  <si>
+    <t>COMUNICAZIONE E RELAZIONI CON IL PUBBLICO</t>
+  </si>
+  <si>
+    <t>MIGLIORAMENTO DELLA DIDATTICA</t>
+  </si>
+  <si>
+    <t>Gestione front-office informativo per studenti</t>
+  </si>
+  <si>
+    <t>Gestione front-office informativo per docenti</t>
+  </si>
+  <si>
+    <t>POST LAUREAM</t>
+  </si>
+  <si>
+    <t>DIDATTTICA</t>
+  </si>
+  <si>
+    <t>Processi</t>
+  </si>
+  <si>
+    <t>CONDIVISO</t>
   </si>
   <si>
     <t>SCUOLA</t>
   </si>
   <si>
-    <t>Predisposizione  della documentazione necessaria per le sedute del Consiglio della Scuola  e verbalizzazione</t>
-[...347 lines deleted...]
-    <t>Con il supporto della Segreteria della Scuola</t>
+    <t>006698</t>
+  </si>
+  <si>
+    <t>CARBONE FRANCESCO</t>
+  </si>
+  <si>
+    <t>Vengono riportati i nominativi del personale attualmente in servizio alla Scuola.
+Per ognuno indicare  l'attività prevalente tra quelle riportate in elenco.
+Inserire eventuali anntazioni o specifiche nella colonna NOTE</t>
+  </si>
+  <si>
+    <t>Unità del modello</t>
+  </si>
+  <si>
+    <t>Attività prevalente 
+(vedi elenco sotto)</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Coordinamento</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> offerta formativa</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Supporto amministrativo</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> alla programmazione della didattica</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Gestione amministrativa della </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>copertura degli insegnamenti</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Gestione amministrativa</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>firma digitale</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Gestione</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>amministrativa della piattaforma Moodle e supporto alla relativa compilazione</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Comunicazione e relazioni con il pubblico (interne ed esterne all’Ateneo)</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Segreteria del presidente della Scuola, Predisposizione  della documentazione necessaria per le sedute del Consiglio della Scuola  e verbalizzazione, Supporto alla Commissione paritetica per la predisposizione e verbalizzazione delle riunioni, </t>
+  </si>
+  <si>
+    <t>In particolare sono esclusive della scuola il Tavolo congiunto con le parti sociali, Relazione Annuale CPDS, Predisposizione materiali e documenti e supporto alla stesura della relazione della commissione paritetica, SMD della scuola e relazione finale Scuola - Dipartimenti</t>
+  </si>
+  <si>
+    <t>ASIT</t>
+  </si>
+  <si>
+    <t>NON APPLICABILE</t>
+  </si>
+  <si>
+    <t>SERVIZI INFORMATICI DI DIPARTIMENTO</t>
+  </si>
+  <si>
+    <t>SCUOLA E DIPARTIMENTI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LA SCUOLA GESTISCE IL PROPRIO SITO COSI' COME I DIPARTIMENTI </t>
+  </si>
+  <si>
+    <t>LA SCUOLA GESTISCE LA SALA RIUNIONI 3 COME SPAZIO CONDIVISO PER LA REALIZZAZIONE DI CONSIGLI, CONFERENZE, SEMINARI, RIUNIONI, SPAZIO PER DOCENTI A CONTRATTO, OSPITI STRANIERI …</t>
+  </si>
+  <si>
+    <t>PER IL PERSONALE DELLA SCUOLA</t>
+  </si>
+  <si>
+    <t>SCUOLA PER I PROPRI FABBISOGNI</t>
   </si>
   <si>
     <t>SCUOLA: risposta o smistamento delle mail indirizzate a economia.scienzepolitiche@unipd.it</t>
   </si>
   <si>
-    <t>Stesura e monitoraggio scadenzario che coordini calendari di ateneo e scadenze per delibere CCS-Dipartimenti di riferimento/dipartimenti interessati-Scuola</t>
-[...2 lines deleted...]
-    <t>Di concerto con i Dipartimenti</t>
+    <t xml:space="preserve">Scuola Monitoraggio dati ed elaborazioni statistiche da basi di dati (statimma esse3) </t>
+  </si>
+  <si>
+    <t>In stretto scambio di comunicazioni con la presidenza della Scuola per quanto concerne le deliberazioni e i materiali a corredo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dal 2022 anche la Scuola dispone di piattaforma Moodle che ospita i Moodle dei due dipartimenti </t>
+  </si>
+  <si>
+    <t>Supporto amministrativo al Presidente della scuola, al Consiglio della SESP, e agli altri organi della Scuola</t>
+  </si>
+  <si>
+    <t>In stretto scambio di comunicazioni con la presidenza della Scuola per quanto concerne le deliberazioni e i materiali a corredo+E5:J5</t>
+  </si>
+  <si>
+    <t>Supporto amministrativo alle parti sociali e alla relazione della Commissione Paritetica</t>
+  </si>
+  <si>
+    <t>anche in collaborazione con la scuola</t>
+  </si>
+  <si>
+    <t>Teaching Award, Borse di studio per le attività degli studenti, finanziamento attività docenti rivolte verso l'esterno e per attività didattiche extra (seminari, tavole rotonde, conferenze), SMD, giornata della Scuola del 21 giugno (incontro fra i docenti della scuola), CMD (contributi miglioramento didattica). Anche in collaborazione con i dipartimenti</t>
+  </si>
+  <si>
+    <t>in collaborazione con UNIPD e Ufficio Carriere Studenti - Immatricolazioni.</t>
+  </si>
+  <si>
+    <t>situazione non presente</t>
+  </si>
+  <si>
+    <t>Relativamente alla posta e protocollo e archivio pertinenti della SCUOLA</t>
+  </si>
+  <si>
+    <t>CONDIVISO (SCUOLA E DIPARTIMENTI)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> PER LA SCUOLA LE DELIBERE DEL CONSIGLIO DELLA SESP</t>
+  </si>
+  <si>
+    <t>Supporto alla gestione dei processi di valutazione del personale PTA della SCUOLA</t>
+  </si>
+  <si>
+    <t>Supporto alla gestione amministrativa del personale della SCUOLA (orari di lavoro, malattie, ecc.)</t>
+  </si>
+  <si>
+    <t>Supporto alla pianificazione del fabbisogno del PTA della SCUOLA</t>
+  </si>
+  <si>
+    <t>Accoglimento e inserimento del personale TA dela SCUOLA</t>
+  </si>
+  <si>
+    <t>Supporto all'analisi del fabbisogno, reclutamento, stipula del contratto e gestione amministrativa di collaboratori esterni della scuola</t>
+  </si>
+  <si>
+    <t>PER LA SCUOLA RELATIVAMENTE AL TEACHING AWARD E ALLE VALUTAZIONI DEI DOCENTI NELL'AMBITO DELL'EVENTO DELLA SMD</t>
+  </si>
+  <si>
+    <t>Gestione amministrativa del personale AMM.VO della SCUOLA (malattie, aspettative etc.)</t>
+  </si>
+  <si>
+    <t>PER IL SOLO PTA DELLA SCUOLA</t>
+  </si>
+  <si>
+    <t>SCUOLA (delibera il budget e gestisce il processo di allocazione e spesa)</t>
+  </si>
+  <si>
+    <t>Il Dipartimento del Presidente della SESP si occupa della gestione amministrativo-contabile in Ugov e degli aspetti tecnico contabili</t>
+  </si>
+  <si>
+    <t>In stretto scambio di comunicazioni con con il settore contabilità del Dip. di afferenza del Presidente. Il Dipartimento si occupa della gestione amministrativo-contabile in Ugov e degli aspetti tecnico contabili</t>
+  </si>
+  <si>
+    <t>IN ORDINE D'IMPORTANZA SECONDO QUANTO RIPORTATO NELLE SCHEDE PRECEDENTI</t>
+  </si>
+  <si>
+    <t>DIREZIONE, DIDATTICA, SERVIZI GENERALI, SERVIZI INFORMATICI, CONTABILITA'</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SERVIZIO ESAMI DI STATO, SCUOLA E DIPARTIMENTI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Il Dip. SPGI e DSEA danno assistenza informatica in caso di espletamento delle prove via zoom. In caso di esami in presenza le aule e gli spazi vengono prestati dai dipartimenti per i rispettivi esamidi stato, su richiesta della Scuola. La scuola fa da tramite con il Servizio Esami di Stato per il reperimento degli spazi e cura la pubblicazione degli esiti intermedi sul proprio sito web. Su richiesta del servizio Esami di Stato la Suola agisce da intermediario; relativamente alle scelte delle terne dei Presidenti e Vice Presidenti, fa da tramite con i Presidenti dei CCS SES e IESS del Dip. SPGI (esame di stato in assistente sociale specialista e junior)  mentre il Dipartimento DSEA (esame di stato dottore commercialista e junior) individua la composizione delle terne dei Presidenti e dei Componenti effettivi e supplenti e li comunica alla Scuola. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="6" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="16"/>
-      <color theme="1"/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <i/>
       <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="8" tint="0.79998168889431442"/>
+        <fgColor rgb="FFC00000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <fgColor theme="0" tint="-0.34998626667073579"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.499984740745262"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.249977111117893"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="26">
+  <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
@@ -573,2768 +853,2400 @@
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
       <right/>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...31 lines deleted...]
-      </left>
+      <left/>
       <right style="thin">
-        <color auto="1"/>
-[...103 lines deleted...]
-      <right style="hair">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
-      <right style="hair">
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
-      <right style="hair">
+      <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color auto="1"/>
-[...29 lines deleted...]
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
       <right style="thin">
-        <color auto="1"/>
-[...25 lines deleted...]
-        <color auto="1"/>
+        <color indexed="64"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
         <color auto="1"/>
-      </right>
+      </left>
+      <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="67">
+  <cellXfs count="83">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...152 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFFF6600"/>
+      <color rgb="FFFF9933"/>
+      <color rgb="FFFFCCFF"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>685800</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>182133</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>11053</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Immagine 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill rotWithShape="1">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:srcRect l="74762" b="48038"/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12239625" y="1447800"/>
+          <a:ext cx="2249058" cy="2868553"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="Yu Gothic Light"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="DengXian Light"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="Yu Gothic"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="DengXian"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A2:L101"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:L31"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="Q95" sqref="Q95"/>
+    <sheetView showGridLines="0" topLeftCell="A25" workbookViewId="0">
+      <selection activeCell="B30" sqref="B30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="45" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="23.85546875" customWidth="1"/>
+    <col min="2" max="2" width="59.42578125" style="33" customWidth="1"/>
+    <col min="3" max="3" width="47.85546875" style="12" customWidth="1"/>
+    <col min="4" max="4" width="47.85546875" style="5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" ht="21" x14ac:dyDescent="0.25">
-      <c r="A2" s="62" t="s">
+    <row r="1" spans="1:12" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="26"/>
+      <c r="C1" s="72" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1" s="72"/>
+    </row>
+    <row r="2" spans="1:12" s="6" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" s="16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C2" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D2" s="42" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" s="4" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
+        <v>115</v>
+      </c>
+      <c r="B3" s="34" t="s">
+        <v>83</v>
+      </c>
+      <c r="C3" s="25" t="s">
+        <v>79</v>
+      </c>
+      <c r="D3" s="43" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="37" t="s">
+        <v>103</v>
+      </c>
+      <c r="B4" s="44" t="s">
+        <v>145</v>
+      </c>
+      <c r="C4" s="45" t="s">
+        <v>118</v>
+      </c>
+      <c r="D4" s="37" t="s">
+        <v>131</v>
+      </c>
+      <c r="E4" s="38"/>
+      <c r="F4" s="38"/>
+      <c r="G4" s="38"/>
+      <c r="H4" s="38"/>
+      <c r="I4" s="38"/>
+      <c r="J4" s="38"/>
+      <c r="K4" s="38"/>
+      <c r="L4" s="38"/>
+    </row>
+    <row r="5" spans="1:12" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="73" t="s">
+        <v>104</v>
+      </c>
+      <c r="B5" s="44" t="s">
+        <v>125</v>
+      </c>
+      <c r="C5" s="45" t="s">
+        <v>146</v>
+      </c>
+      <c r="D5" s="46" t="s">
+        <v>143</v>
+      </c>
+      <c r="E5" s="38"/>
+      <c r="F5" s="38"/>
+      <c r="G5" s="38"/>
+      <c r="H5" s="38"/>
+      <c r="I5" s="38"/>
+      <c r="J5" s="38"/>
+      <c r="K5" s="38"/>
+      <c r="L5" s="38"/>
+    </row>
+    <row r="6" spans="1:12" ht="107.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="74"/>
+      <c r="B6" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="C6" s="45" t="s">
+        <v>118</v>
+      </c>
+      <c r="D6" s="37" t="s">
+        <v>132</v>
+      </c>
+      <c r="E6" s="38"/>
+      <c r="F6" s="38"/>
+      <c r="G6" s="38"/>
+      <c r="H6" s="38"/>
+      <c r="I6" s="38"/>
+      <c r="J6" s="38"/>
+      <c r="K6" s="38"/>
+      <c r="L6" s="38"/>
+    </row>
+    <row r="7" spans="1:12" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="74"/>
+      <c r="B7" s="44" t="s">
+        <v>126</v>
+      </c>
+      <c r="C7" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D7" s="46" t="s">
+        <v>143</v>
+      </c>
+      <c r="E7" s="38"/>
+      <c r="F7" s="38"/>
+      <c r="G7" s="38"/>
+      <c r="H7" s="38"/>
+      <c r="I7" s="38"/>
+      <c r="J7" s="38"/>
+      <c r="K7" s="38"/>
+      <c r="L7" s="38"/>
+    </row>
+    <row r="8" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="75"/>
+      <c r="B8" s="44" t="s">
+        <v>127</v>
+      </c>
+      <c r="C8" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" s="37"/>
+      <c r="E8" s="38"/>
+      <c r="F8" s="38"/>
+      <c r="G8" s="38"/>
+      <c r="H8" s="38"/>
+      <c r="I8" s="38"/>
+      <c r="J8" s="38"/>
+      <c r="K8" s="38"/>
+      <c r="L8" s="38"/>
+    </row>
+    <row r="9" spans="1:12" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="37" t="s">
+        <v>105</v>
+      </c>
+      <c r="B9" s="44" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" s="37"/>
+      <c r="E9" s="38"/>
+      <c r="F9" s="38"/>
+      <c r="G9" s="38"/>
+      <c r="H9" s="38"/>
+      <c r="I9" s="38"/>
+      <c r="J9" s="38"/>
+      <c r="K9" s="38"/>
+      <c r="L9" s="38"/>
+    </row>
+    <row r="10" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="69" t="s">
+        <v>106</v>
+      </c>
+      <c r="B10" s="44" t="s">
+        <v>113</v>
+      </c>
+      <c r="C10" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" s="37"/>
+      <c r="E10" s="38"/>
+      <c r="F10" s="38"/>
+      <c r="G10" s="38"/>
+      <c r="H10" s="38"/>
+      <c r="I10" s="38"/>
+      <c r="J10" s="38"/>
+      <c r="K10" s="38"/>
+      <c r="L10" s="38"/>
+    </row>
+    <row r="11" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="70"/>
+      <c r="B11" s="44" t="s">
+        <v>128</v>
+      </c>
+      <c r="C11" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" s="37"/>
+      <c r="E11" s="38"/>
+      <c r="F11" s="38"/>
+      <c r="G11" s="38"/>
+      <c r="H11" s="38"/>
+      <c r="I11" s="38"/>
+      <c r="J11" s="38"/>
+      <c r="K11" s="38"/>
+      <c r="L11" s="38"/>
+    </row>
+    <row r="12" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="70"/>
+      <c r="B12" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D12" s="37"/>
+      <c r="E12" s="38"/>
+      <c r="F12" s="38"/>
+      <c r="G12" s="38"/>
+      <c r="H12" s="38"/>
+      <c r="I12" s="38"/>
+      <c r="J12" s="38"/>
+      <c r="K12" s="38"/>
+      <c r="L12" s="38"/>
+    </row>
+    <row r="13" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="70"/>
+      <c r="B13" s="44" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" s="37"/>
+      <c r="E13" s="38"/>
+      <c r="F13" s="38"/>
+      <c r="G13" s="38"/>
+      <c r="H13" s="38"/>
+      <c r="I13" s="38"/>
+      <c r="J13" s="38"/>
+      <c r="K13" s="38"/>
+      <c r="L13" s="38"/>
+    </row>
+    <row r="14" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="71"/>
+      <c r="B14" s="44" t="s">
+        <v>129</v>
+      </c>
+      <c r="C14" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" s="37"/>
+      <c r="E14" s="38"/>
+      <c r="F14" s="38"/>
+      <c r="G14" s="38"/>
+      <c r="H14" s="38"/>
+      <c r="I14" s="38"/>
+      <c r="J14" s="38"/>
+      <c r="K14" s="38"/>
+      <c r="L14" s="38"/>
+    </row>
+    <row r="15" spans="1:12" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="69" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" s="44" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" s="47" t="s">
+        <v>144</v>
+      </c>
+      <c r="E15" s="38"/>
+      <c r="F15" s="38"/>
+      <c r="G15" s="38"/>
+      <c r="H15" s="38"/>
+      <c r="I15" s="38"/>
+      <c r="J15" s="38"/>
+      <c r="K15" s="38"/>
+      <c r="L15" s="38"/>
+    </row>
+    <row r="16" spans="1:12" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="71"/>
+      <c r="B16" s="44" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" s="47" t="s">
+        <v>150</v>
+      </c>
+      <c r="E16" s="38"/>
+      <c r="F16" s="38"/>
+      <c r="G16" s="38"/>
+      <c r="H16" s="38"/>
+      <c r="I16" s="38"/>
+      <c r="J16" s="38"/>
+      <c r="K16" s="38"/>
+      <c r="L16" s="38"/>
+    </row>
+    <row r="17" spans="1:12" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="69" t="s">
+        <v>108</v>
+      </c>
+      <c r="B17" s="44" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17" s="47" t="s">
+        <v>141</v>
+      </c>
+      <c r="E17" s="38"/>
+      <c r="F17" s="38"/>
+      <c r="G17" s="38"/>
+      <c r="H17" s="38"/>
+      <c r="I17" s="38"/>
+      <c r="J17" s="38"/>
+      <c r="K17" s="38"/>
+      <c r="L17" s="38"/>
+    </row>
+    <row r="18" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="70"/>
+      <c r="B18" s="44" t="s">
+        <v>68</v>
+      </c>
+      <c r="C18" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" s="37" t="s">
+        <v>148</v>
+      </c>
+      <c r="E18" s="38"/>
+      <c r="F18" s="38"/>
+      <c r="G18" s="38"/>
+      <c r="H18" s="38"/>
+      <c r="I18" s="38"/>
+      <c r="J18" s="38"/>
+      <c r="K18" s="38"/>
+      <c r="L18" s="38"/>
+    </row>
+    <row r="19" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="70"/>
+      <c r="B19" s="44" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" s="37"/>
+      <c r="E19" s="38"/>
+      <c r="F19" s="38"/>
+      <c r="G19" s="38"/>
+      <c r="H19" s="38"/>
+      <c r="I19" s="38"/>
+      <c r="J19" s="38"/>
+      <c r="K19" s="38"/>
+      <c r="L19" s="38"/>
+    </row>
+    <row r="20" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="70"/>
+      <c r="B20" s="44" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D20" s="37"/>
+      <c r="E20" s="38"/>
+      <c r="F20" s="38"/>
+      <c r="G20" s="38"/>
+      <c r="H20" s="38"/>
+      <c r="I20" s="38"/>
+      <c r="J20" s="38"/>
+      <c r="K20" s="38"/>
+      <c r="L20" s="38"/>
+    </row>
+    <row r="21" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="71"/>
+      <c r="B21" s="44" t="s">
+        <v>71</v>
+      </c>
+      <c r="C21" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D21" s="37"/>
+      <c r="E21" s="38"/>
+      <c r="F21" s="38"/>
+      <c r="G21" s="38"/>
+      <c r="H21" s="38"/>
+      <c r="I21" s="38"/>
+      <c r="J21" s="38"/>
+      <c r="K21" s="38"/>
+      <c r="L21" s="38"/>
+    </row>
+    <row r="22" spans="1:12" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="37" t="s">
+        <v>110</v>
+      </c>
+      <c r="B22" s="44" t="s">
+        <v>130</v>
+      </c>
+      <c r="C22" s="45" t="s">
+        <v>117</v>
+      </c>
+      <c r="D22" s="37"/>
+      <c r="E22" s="38"/>
+      <c r="F22" s="38"/>
+      <c r="G22" s="38"/>
+      <c r="H22" s="38"/>
+      <c r="I22" s="38"/>
+      <c r="J22" s="38"/>
+      <c r="K22" s="38"/>
+      <c r="L22" s="38"/>
+    </row>
+    <row r="23" spans="1:12" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="37" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="C23" s="45" t="s">
+        <v>118</v>
+      </c>
+      <c r="D23" s="37" t="s">
+        <v>149</v>
+      </c>
+      <c r="E23" s="38"/>
+      <c r="F23" s="38"/>
+      <c r="G23" s="38"/>
+      <c r="H23" s="38"/>
+      <c r="I23" s="38"/>
+      <c r="J23" s="38"/>
+      <c r="K23" s="38"/>
+      <c r="L23" s="38"/>
+    </row>
+    <row r="24" spans="1:12" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="48" t="s">
+        <v>114</v>
+      </c>
+      <c r="B24" s="49" t="s">
+        <v>84</v>
+      </c>
+      <c r="C24" s="50" t="s">
+        <v>79</v>
+      </c>
+      <c r="D24" s="51"/>
+      <c r="E24" s="41"/>
+      <c r="F24" s="41"/>
+      <c r="G24" s="41"/>
+      <c r="H24" s="41"/>
+      <c r="I24" s="41"/>
+      <c r="J24" s="41"/>
+      <c r="K24" s="41"/>
+      <c r="L24" s="41"/>
+    </row>
+    <row r="25" spans="1:12" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="69" t="s">
+        <v>109</v>
+      </c>
+      <c r="B25" s="44" t="s">
+        <v>57</v>
+      </c>
+      <c r="C25" s="45"/>
+      <c r="D25" s="37"/>
+      <c r="E25" s="41"/>
+      <c r="F25" s="41"/>
+      <c r="G25" s="41"/>
+      <c r="H25" s="41"/>
+      <c r="I25" s="41"/>
+      <c r="J25" s="41"/>
+      <c r="K25" s="41"/>
+      <c r="L25" s="41"/>
+    </row>
+    <row r="26" spans="1:12" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="70"/>
+      <c r="B26" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="C26" s="45"/>
+      <c r="D26" s="37"/>
+      <c r="E26" s="41"/>
+      <c r="F26" s="41"/>
+      <c r="G26" s="41"/>
+      <c r="H26" s="41"/>
+      <c r="I26" s="41"/>
+      <c r="J26" s="41"/>
+      <c r="K26" s="41"/>
+      <c r="L26" s="41"/>
+    </row>
+    <row r="27" spans="1:12" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="70"/>
+      <c r="B27" s="44" t="s">
+        <v>59</v>
+      </c>
+      <c r="C27" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D27" s="37"/>
+      <c r="E27" s="41"/>
+      <c r="F27" s="41"/>
+      <c r="G27" s="41"/>
+      <c r="H27" s="41"/>
+      <c r="I27" s="41"/>
+      <c r="J27" s="41"/>
+      <c r="K27" s="41"/>
+      <c r="L27" s="41"/>
+    </row>
+    <row r="28" spans="1:12" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="70"/>
+      <c r="B28" s="44" t="s">
+        <v>60</v>
+      </c>
+      <c r="C28" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="37"/>
+      <c r="E28" s="41"/>
+      <c r="F28" s="41"/>
+      <c r="G28" s="41"/>
+      <c r="H28" s="41"/>
+      <c r="I28" s="41"/>
+      <c r="J28" s="41"/>
+      <c r="K28" s="41"/>
+      <c r="L28" s="41"/>
+    </row>
+    <row r="29" spans="1:12" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="70"/>
+      <c r="B29" s="44" t="s">
+        <v>61</v>
+      </c>
+      <c r="C29" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D29" s="37"/>
+      <c r="E29" s="41"/>
+      <c r="F29" s="41"/>
+      <c r="G29" s="41"/>
+      <c r="H29" s="41"/>
+      <c r="I29" s="41"/>
+      <c r="J29" s="41"/>
+      <c r="K29" s="41"/>
+      <c r="L29" s="41"/>
+    </row>
+    <row r="30" spans="1:12" s="4" customFormat="1" ht="256.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="71"/>
+      <c r="B30" s="44" t="s">
+        <v>62</v>
+      </c>
+      <c r="C30" s="45" t="s">
+        <v>168</v>
+      </c>
+      <c r="D30" s="37" t="s">
+        <v>169</v>
+      </c>
+      <c r="E30" s="41"/>
+      <c r="F30" s="41"/>
+      <c r="G30" s="41"/>
+      <c r="H30" s="41"/>
+      <c r="I30" s="41"/>
+      <c r="J30" s="41"/>
+      <c r="K30" s="41"/>
+      <c r="L30" s="41"/>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="32"/>
+      <c r="C31" s="17"/>
+      <c r="D31" s="9"/>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A25:A30"/>
+    <mergeCell ref="A17:A21"/>
+    <mergeCell ref="C1:D1"/>
+    <mergeCell ref="A5:A8"/>
+    <mergeCell ref="A10:A14"/>
+    <mergeCell ref="A15:A16"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:C16"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="B14" sqref="B14"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="103.5703125" customWidth="1"/>
+    <col min="2" max="2" width="37.42578125" customWidth="1"/>
+    <col min="3" max="3" width="56" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:3" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="36"/>
+      <c r="B1" s="72" t="s">
+        <v>89</v>
+      </c>
+      <c r="C1" s="72"/>
+    </row>
+    <row r="2" spans="1:3" s="12" customFormat="1" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="57" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" s="58" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" s="59" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="54" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="62"/>
-[...4 lines deleted...]
-      <c r="A3" s="63" t="s">
+      <c r="B3" s="60" t="s">
+        <v>133</v>
+      </c>
+      <c r="C3" s="60"/>
+    </row>
+    <row r="4" spans="1:3" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="39" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="63"/>
-[...10 lines deleted...]
-      <c r="E5" s="3" t="s">
+      <c r="B4" s="37" t="s">
+        <v>134</v>
+      </c>
+      <c r="C4" s="37"/>
+    </row>
+    <row r="5" spans="1:3" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="B5" s="37" t="s">
+        <v>136</v>
+      </c>
+      <c r="C5" s="61" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="39" t="s">
         <v>3</v>
       </c>
-      <c r="G5" s="3" t="s">
+      <c r="B6" s="37" t="s">
+        <v>135</v>
+      </c>
+      <c r="C6" s="37"/>
+    </row>
+    <row r="7" spans="1:3" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="H5" s="60" t="s">
+      <c r="B7" s="37" t="s">
+        <v>135</v>
+      </c>
+      <c r="C7" s="37"/>
+    </row>
+    <row r="8" spans="1:3" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="I5" s="61"/>
-      <c r="J5" s="3" t="s">
+      <c r="B8" s="37" t="s">
+        <v>135</v>
+      </c>
+      <c r="C8" s="37"/>
+    </row>
+    <row r="9" spans="1:3" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="39" t="s">
         <v>6</v>
       </c>
-      <c r="K5" s="3" t="s">
+      <c r="B9" s="37" t="s">
+        <v>135</v>
+      </c>
+      <c r="C9" s="37"/>
+    </row>
+    <row r="10" spans="1:3" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="L5" s="3" t="s">
+      <c r="B10" s="37" t="s">
+        <v>135</v>
+      </c>
+      <c r="C10" s="37"/>
+    </row>
+    <row r="11" spans="1:3" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="39" t="s">
         <v>8</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C6" s="5" t="s">
+      <c r="B11" s="37" t="s">
+        <v>135</v>
+      </c>
+      <c r="C11" s="37"/>
+    </row>
+    <row r="12" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A12" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="D6" s="6" t="s">
+      <c r="B12" s="37"/>
+      <c r="C12" s="37"/>
+    </row>
+    <row r="13" spans="1:3" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="39" t="s">
         <v>10</v>
       </c>
-      <c r="E6" s="7"/>
-[...2 lines deleted...]
-      <c r="H6" s="8" t="s">
+      <c r="B13" s="37" t="s">
+        <v>135</v>
+      </c>
+      <c r="C13" s="37"/>
+    </row>
+    <row r="14" spans="1:3" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="39" t="s">
         <v>11</v>
       </c>
-      <c r="I6" s="8" t="s">
+      <c r="B14" s="37" t="s">
+        <v>135</v>
+      </c>
+      <c r="C14" s="37"/>
+    </row>
+    <row r="15" spans="1:3" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="39" t="s">
+        <v>78</v>
+      </c>
+      <c r="B15" s="37" t="s">
+        <v>136</v>
+      </c>
+      <c r="C15" s="37" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A16" s="38"/>
+      <c r="B16" s="38"/>
+      <c r="C16" s="38"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="B1:C1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:C13"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="B8" sqref="B8"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="92" customWidth="1"/>
+    <col min="2" max="2" width="37.42578125" customWidth="1"/>
+    <col min="3" max="3" width="56" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:3" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="53"/>
+      <c r="B1" s="72" t="str">
+        <f>'Serv. Informatici'!B1:C1</f>
+        <v xml:space="preserve">Per ogni processo, indicare la struttura che lo gestisce. 
+Se di competenza della Scuola indicare SCUOLA, altirmenti indicare quale altra struttura se ne occupa (Esempio: Dipartimento, Amministrazione Centrale, Poli, Asit...) 
+Per eventuali annotazioni o specifiche utilizzare la colonna NOTE
+</v>
+      </c>
+      <c r="C1" s="72"/>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B2" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" s="42" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
         <v>12</v>
       </c>
-      <c r="J6" s="7"/>
-[...4 lines deleted...]
-      <c r="A7" s="50" t="s">
+      <c r="B3" s="64" t="s">
+        <v>76</v>
+      </c>
+      <c r="C3" s="60" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="55" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="51"/>
-[...12 lines deleted...]
-      <c r="A8" s="47" t="s">
+      <c r="B4" s="64" t="s">
+        <v>76</v>
+      </c>
+      <c r="C4" s="37"/>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="55" t="s">
         <v>14</v>
       </c>
-      <c r="B8" s="13" t="s">
+      <c r="B5" s="64" t="s">
+        <v>76</v>
+      </c>
+      <c r="C5" s="37"/>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="55" t="s">
         <v>15</v>
       </c>
-      <c r="C8" s="14" t="s">
+      <c r="B6" s="64" t="s">
+        <v>76</v>
+      </c>
+      <c r="C6" s="37"/>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="55" t="s">
         <v>16</v>
       </c>
-      <c r="D8" s="15"/>
-[...11 lines deleted...]
-      <c r="B9" s="17" t="s">
+      <c r="B7" s="45"/>
+      <c r="C7" s="37"/>
+    </row>
+    <row r="8" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="55" t="s">
         <v>17</v>
       </c>
-      <c r="C9" s="18" t="s">
-[...14 lines deleted...]
-      <c r="B10" s="17" t="s">
+      <c r="B8" s="64" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" s="37"/>
+    </row>
+    <row r="9" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="55" t="s">
         <v>18</v>
       </c>
-      <c r="C10" s="18" t="s">
-[...14 lines deleted...]
-      <c r="B11" s="17" t="s">
+      <c r="B9" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="C9" s="37"/>
+    </row>
+    <row r="10" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A10" s="55" t="s">
         <v>19</v>
       </c>
-      <c r="C11" s="18" t="s">
-[...14 lines deleted...]
-      <c r="B12" s="23" t="s">
+      <c r="B10" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="C10" s="37"/>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="55" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="C11" s="37"/>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" s="55" t="s">
         <v>21</v>
       </c>
-      <c r="C12" s="24" t="s">
-[...13 lines deleted...]
-      <c r="A13" s="50" t="s">
+      <c r="B12" s="64" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" s="37"/>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A13" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="51"/>
-[...14 lines deleted...]
-      <c r="A14" s="47" t="s">
+      <c r="B13" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="C13" s="37"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="B1:C1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <dimension ref="A1:D19"/>
+  <sheetViews>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="D5" sqref="D5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="21.7109375" customWidth="1"/>
+    <col min="2" max="2" width="36.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="11.85546875" style="5" customWidth="1"/>
+    <col min="4" max="4" width="55.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="76">
+        <f>'Serv. Informatici'!A1:A1</f>
+        <v>0</v>
+      </c>
+      <c r="B1" s="76"/>
+      <c r="C1" s="72">
+        <f>'Serv. Informatici'!B1:C1</f>
+        <v>0</v>
+      </c>
+      <c r="D1" s="72"/>
+    </row>
+    <row r="2" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="B2" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="C2" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D2" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+      <c r="A3" s="66" t="s">
+        <v>88</v>
+      </c>
+      <c r="B3" s="40" t="s">
+        <v>145</v>
+      </c>
+      <c r="C3" s="39" t="str">
+        <f>'Didattica e Post Lauream'!C4</f>
+        <v>SCUOLA</v>
+      </c>
+      <c r="D3" s="37" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+      <c r="B4" s="39" t="s">
+        <v>74</v>
+      </c>
+      <c r="C4" s="63" t="s">
+        <v>118</v>
+      </c>
+      <c r="D4" s="37"/>
+    </row>
+    <row r="5" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="B5" s="39" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" s="63" t="s">
+        <v>118</v>
+      </c>
+      <c r="D5" s="37" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="B6" s="39" t="s">
+        <v>73</v>
+      </c>
+      <c r="C6" s="63" t="s">
+        <v>118</v>
+      </c>
+      <c r="D6" s="37"/>
+    </row>
+    <row r="7" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="B7" s="39" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" s="63" t="s">
+        <v>118</v>
+      </c>
+      <c r="D7" s="37"/>
+    </row>
+    <row r="8" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+      <c r="B8" s="40" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" s="39" t="s">
+        <v>153</v>
+      </c>
+      <c r="D8" s="37" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="B9" s="40" t="s">
+        <v>161</v>
+      </c>
+      <c r="C9" s="39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D9" s="37"/>
+    </row>
+    <row r="10" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="B10" s="40" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" s="39" t="s">
+        <v>136</v>
+      </c>
+      <c r="D10" s="37" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="B11" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" s="39" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" s="37"/>
+    </row>
+    <row r="12" spans="1:4" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="40" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="39" t="s">
+        <v>76</v>
+      </c>
+      <c r="D12" s="37"/>
+    </row>
+    <row r="13" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="B13" s="39" t="s">
+        <v>157</v>
+      </c>
+      <c r="C13" s="39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D13" s="37" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="B14" s="39" t="s">
+        <v>53</v>
+      </c>
+      <c r="C14" s="39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D14" s="37" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="B15" s="39" t="s">
+        <v>155</v>
+      </c>
+      <c r="C15" s="39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" s="37" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="B16" s="39" t="s">
+        <v>156</v>
+      </c>
+      <c r="C16" s="39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D16" s="37" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="B17" s="39" t="s">
+        <v>158</v>
+      </c>
+      <c r="C17" s="39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D17" s="37" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="B18" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C18" s="39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D18" s="37" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" ht="60" x14ac:dyDescent="0.25">
+      <c r="B19" s="39" t="s">
+        <v>159</v>
+      </c>
+      <c r="C19" s="39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D19" s="37" t="s">
+        <v>140</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A1:B1"/>
+    <mergeCell ref="C1:D1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:D28"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="C5" sqref="C5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="2" max="2" width="84.140625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="20.7109375" customWidth="1"/>
+    <col min="4" max="4" width="34.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="76">
+        <f>'Serv. Informatici'!A1:A1</f>
+        <v>0</v>
+      </c>
+      <c r="B1" s="76"/>
+      <c r="C1" s="72">
+        <f>'Serv. Informatici'!B1:C1</f>
+        <v>0</v>
+      </c>
+      <c r="D1" s="72"/>
+    </row>
+    <row r="2" spans="1:4" s="15" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C2" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D2" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="B3" s="52" t="s">
         <v>23</v>
       </c>
-      <c r="B14" s="13" t="s">
+      <c r="C3" s="60" t="s">
+        <v>163</v>
+      </c>
+      <c r="D3" s="60" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="B4" s="55" t="s">
         <v>24</v>
       </c>
-      <c r="C14" s="14" t="s">
-[...16 lines deleted...]
-      <c r="B15" s="26" t="s">
+      <c r="C4" s="60" t="s">
+        <v>163</v>
+      </c>
+      <c r="D4" s="60" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="B5" s="55" t="s">
         <v>25</v>
       </c>
-      <c r="C15" s="18" t="s">
-[...16 lines deleted...]
-      <c r="B16" s="26" t="s">
+      <c r="C5" s="60" t="s">
+        <v>163</v>
+      </c>
+      <c r="D5" s="67" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="55" t="s">
         <v>26</v>
       </c>
-      <c r="C16" s="18" t="s">
-[...16 lines deleted...]
-      <c r="B17" s="26" t="s">
+      <c r="C6" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D6" s="45"/>
+    </row>
+    <row r="7" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="55" t="s">
         <v>27</v>
       </c>
-      <c r="C17" s="18" t="s">
-[...16 lines deleted...]
-      <c r="B18" s="26" t="s">
+      <c r="C7" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D7" s="45"/>
+    </row>
+    <row r="8" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="55" t="s">
         <v>28</v>
       </c>
-      <c r="C18" s="18" t="s">
-[...16 lines deleted...]
-      <c r="B19" s="26" t="s">
+      <c r="C8" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" s="45"/>
+    </row>
+    <row r="9" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="55" t="s">
         <v>29</v>
       </c>
-      <c r="C19" s="18" t="s">
-[...14 lines deleted...]
-      <c r="B20" s="27" t="s">
+      <c r="C9" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" s="45"/>
+    </row>
+    <row r="10" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="55" t="s">
         <v>30</v>
       </c>
-      <c r="C20" s="24" t="s">
-[...15 lines deleted...]
-      <c r="A21" s="47" t="s">
+      <c r="C10" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" s="45"/>
+    </row>
+    <row r="11" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="55" t="s">
         <v>31</v>
       </c>
-      <c r="B21" s="13" t="s">
+      <c r="C11" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" s="45"/>
+    </row>
+    <row r="12" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="55" t="s">
         <v>32</v>
       </c>
-      <c r="C21" s="14" t="s">
-[...14 lines deleted...]
-      <c r="B22" s="26" t="s">
+      <c r="C12" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D12" s="45"/>
+    </row>
+    <row r="13" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="55" t="s">
         <v>33</v>
       </c>
-      <c r="C22" s="18" t="s">
-[...14 lines deleted...]
-      <c r="B23" s="26" t="s">
+      <c r="C13" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" s="45"/>
+    </row>
+    <row r="14" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="55" t="s">
         <v>34</v>
       </c>
-      <c r="C23" s="18" t="s">
-[...14 lines deleted...]
-      <c r="B24" s="27" t="s">
+      <c r="C14" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" s="45"/>
+    </row>
+    <row r="15" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="55" t="s">
         <v>35</v>
       </c>
-      <c r="C24" s="24" t="s">
-[...15 lines deleted...]
-      <c r="A25" s="47" t="s">
+      <c r="C15" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" s="45"/>
+    </row>
+    <row r="16" spans="1:4" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="B16" s="55" t="s">
         <v>36</v>
       </c>
-      <c r="B25" s="13" t="s">
+      <c r="C16" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" s="45"/>
+    </row>
+    <row r="17" spans="2:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="C25" s="14" t="s">
-[...16 lines deleted...]
-      <c r="B26" s="26" t="s">
+      <c r="C17" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17" s="45"/>
+    </row>
+    <row r="18" spans="2:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="55" t="s">
         <v>38</v>
       </c>
-      <c r="C26" s="18" t="s">
-[...14 lines deleted...]
-      <c r="B27" s="27" t="s">
+      <c r="C18" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" s="45"/>
+    </row>
+    <row r="19" spans="2:4" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="B19" s="55" t="s">
         <v>39</v>
       </c>
-      <c r="C27" s="24" t="s">
-[...13 lines deleted...]
-      <c r="A28" s="47" t="s">
+      <c r="C19" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" s="45"/>
+    </row>
+    <row r="20" spans="2:4" s="1" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="B20" s="55" t="s">
         <v>40</v>
       </c>
-      <c r="B28" s="13" t="s">
+      <c r="C20" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D20" s="45"/>
+    </row>
+    <row r="21" spans="2:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="55" t="s">
         <v>41</v>
       </c>
-      <c r="C28" s="14" t="s">
-[...14 lines deleted...]
-      <c r="B29" s="26" t="s">
+      <c r="C21" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D21" s="45"/>
+    </row>
+    <row r="22" spans="2:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="55" t="s">
         <v>42</v>
       </c>
-      <c r="C29" s="18" t="s">
-[...14 lines deleted...]
-      <c r="B30" s="26" t="s">
+      <c r="C22" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D22" s="45"/>
+    </row>
+    <row r="23" spans="2:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="55" t="s">
         <v>43</v>
       </c>
-      <c r="C30" s="18" t="s">
-[...14 lines deleted...]
-      <c r="B31" s="26" t="s">
+      <c r="C23" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D23" s="45"/>
+    </row>
+    <row r="24" spans="2:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="55" t="s">
         <v>44</v>
       </c>
-      <c r="C31" s="18" t="s">
-[...14 lines deleted...]
-      <c r="B32" s="26" t="s">
+      <c r="C24" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D24" s="45"/>
+    </row>
+    <row r="25" spans="2:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="55" t="s">
         <v>45</v>
       </c>
-      <c r="C32" s="18" t="s">
-[...14 lines deleted...]
-      <c r="B33" s="26" t="s">
+      <c r="C25" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D25" s="45"/>
+    </row>
+    <row r="26" spans="2:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="55" t="s">
         <v>46</v>
       </c>
-      <c r="C33" s="18" t="s">
-[...14 lines deleted...]
-      <c r="B34" s="26" t="s">
+      <c r="C26" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D26" s="45"/>
+    </row>
+    <row r="27" spans="2:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="55" t="s">
         <v>47</v>
       </c>
-      <c r="C34" s="18" t="s">
-[...14 lines deleted...]
-      <c r="B35" s="26" t="s">
+      <c r="C27" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D27" s="45"/>
+    </row>
+    <row r="28" spans="2:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="56" t="s">
         <v>48</v>
       </c>
-      <c r="C35" s="18" t="s">
-[...408 lines deleted...]
-      <c r="B57" s="26" t="s">
+      <c r="C28" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="65"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A1:B1"/>
+    <mergeCell ref="C1:D1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <sheetPr>
+    <tabColor rgb="FFC00000"/>
+  </sheetPr>
+  <dimension ref="A1:F21"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="D4" sqref="D4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="2" max="2" width="20.5703125" customWidth="1"/>
+    <col min="3" max="5" width="26.5703125" style="12" customWidth="1"/>
+    <col min="6" max="6" width="32.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="76" t="s">
+        <v>81</v>
+      </c>
+      <c r="B1" s="76"/>
+      <c r="C1" s="78" t="s">
+        <v>121</v>
+      </c>
+      <c r="D1" s="78"/>
+      <c r="E1" s="78"/>
+      <c r="F1" s="19" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="77"/>
+      <c r="B2" s="77"/>
+      <c r="C2" s="29" t="s">
+        <v>122</v>
+      </c>
+      <c r="D2" s="30"/>
+      <c r="E2" s="18"/>
+    </row>
+    <row r="3" spans="1:6" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B3" s="13" t="s">
         <v>75</v>
       </c>
-      <c r="C57" s="18" t="s">
-[...236 lines deleted...]
-      <c r="B70" s="29" t="s">
+      <c r="C3" s="27" t="s">
         <v>90</v>
       </c>
-      <c r="C70" s="30" t="s">
-[...15 lines deleted...]
-      <c r="A71" s="47" t="s">
+      <c r="D3" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="E3" s="13" t="s">
         <v>91</v>
       </c>
-      <c r="B71" s="13" t="s">
-[...35 lines deleted...]
-      <c r="B73" s="27" t="s">
+    </row>
+    <row r="4" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>119</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C4" s="28" t="s">
+        <v>124</v>
+      </c>
+      <c r="D4" s="35" t="s">
+        <v>167</v>
+      </c>
+      <c r="E4" s="68" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" s="23"/>
+      <c r="B5" s="10"/>
+      <c r="C5" s="28"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="31"/>
+      <c r="F5" s="79"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B6" s="7"/>
+      <c r="C6" s="21"/>
+      <c r="D6" s="21"/>
+      <c r="E6" s="21"/>
+      <c r="F6" s="79"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="F7" s="79"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B8" s="20"/>
+      <c r="F8" s="79"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C9" s="80" t="s">
+        <v>101</v>
+      </c>
+      <c r="D9" s="80"/>
+      <c r="E9" s="80"/>
+      <c r="F9" s="79"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C10" s="81" t="s">
         <v>94</v>
       </c>
-      <c r="C73" s="24"/>
-[...13 lines deleted...]
-      <c r="A74" s="47" t="s">
+      <c r="D10" s="81"/>
+      <c r="E10" s="82"/>
+      <c r="F10" s="79"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C11" s="81" t="s">
         <v>95</v>
       </c>
-      <c r="B74" s="13" t="s">
+      <c r="D11" s="81"/>
+      <c r="E11" s="82"/>
+      <c r="F11" s="79"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C12" s="81" t="s">
         <v>96</v>
       </c>
-      <c r="C74" s="14" t="s">
-[...14 lines deleted...]
-      <c r="B75" s="27" t="s">
+      <c r="D12" s="81"/>
+      <c r="E12" s="82"/>
+      <c r="F12" s="79"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C13" s="81" t="s">
         <v>97</v>
       </c>
-      <c r="C75" s="24" t="s">
-[...13 lines deleted...]
-      <c r="A76" s="47" t="s">
+      <c r="D13" s="81"/>
+      <c r="E13" s="82"/>
+      <c r="F13" s="79"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C14" s="81" t="s">
         <v>98</v>
       </c>
-      <c r="B76" s="13" t="s">
+      <c r="D14" s="81"/>
+      <c r="E14" s="82"/>
+      <c r="F14" s="79"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C15" s="81" t="s">
         <v>99</v>
       </c>
-      <c r="C76" s="14" t="s">
-[...14 lines deleted...]
-      <c r="B77" s="26" t="s">
+      <c r="D15" s="81"/>
+      <c r="E15" s="82"/>
+      <c r="F15" s="79"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C16" s="81" t="s">
         <v>100</v>
       </c>
-      <c r="C77" s="18" t="s">
-[...412 lines deleted...]
-      <c r="D101" s="44"/>
+      <c r="D16" s="81"/>
+      <c r="E16" s="82"/>
+      <c r="F16" s="79"/>
+    </row>
+    <row r="17" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F17" s="79"/>
+    </row>
+    <row r="18" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F18" s="79"/>
+    </row>
+    <row r="19" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F19" s="79"/>
+    </row>
+    <row r="20" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F20" s="79"/>
+    </row>
+    <row r="21" spans="6:6" x14ac:dyDescent="0.25">
+      <c r="F21" s="79"/>
     </row>
   </sheetData>
-  <mergeCells count="35">
-[...34 lines deleted...]
-    <mergeCell ref="A99:A101"/>
+  <sortState ref="B4:C11">
+    <sortCondition ref="B4:B11"/>
+  </sortState>
+  <mergeCells count="12">
+    <mergeCell ref="A2:B2"/>
+    <mergeCell ref="A1:B1"/>
+    <mergeCell ref="C1:E1"/>
+    <mergeCell ref="F5:F21"/>
+    <mergeCell ref="C9:E9"/>
+    <mergeCell ref="C10:E10"/>
+    <mergeCell ref="C11:E11"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="C13:E13"/>
+    <mergeCell ref="C14:E14"/>
+    <mergeCell ref="C15:E15"/>
+    <mergeCell ref="C16:E16"/>
   </mergeCells>
-  <printOptions horizontalCentered="1"/>
-[...12 lines deleted...]
-  </rowBreaks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="85" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
-[...5 lines deleted...]
-        <vt:i4>2</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>'ATTIVITA SCUOLA'!Titoli_stampa</vt:lpstr>
+    <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>Didattica e Post Lauream</vt:lpstr>
+      <vt:lpstr>Serv. Informatici</vt:lpstr>
+      <vt:lpstr>Serv. Tecnici</vt:lpstr>
+      <vt:lpstr>Direzione</vt:lpstr>
+      <vt:lpstr>Contabilità</vt:lpstr>
+      <vt:lpstr>PTA - Mod A</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Università degli Studi di Padova</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>genova valeria</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>